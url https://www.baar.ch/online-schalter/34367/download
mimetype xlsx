--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -2,66 +2,66 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fsfoc01.stzg.global\UserFolders\SYAN\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36991380-6B7F-445C-B106-C2CFB20E871E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F670B27-3A2F-4221-AF04-81CB2DBA8604}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Steuerperiode 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Steuerperiode 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Steuerperiode 2025'!$A$1:$J$45</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Steuerperiode 2026'!$A$1:$J$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="O40" i="1" l="1"/>
   <c r="O56" i="1"/>
   <c r="O50" i="1"/>
   <c r="O52" i="1"/>
   <c r="O54" i="1"/>
   <c r="M29" i="1" l="1"/>
   <c r="M30" i="1"/>
@@ -274,60 +274,60 @@
     <t>verheiratet (ledig mit Kind) / ledig</t>
   </si>
   <si>
     <t>Fahrkosten für öV x 220 Tag /Essen max. 1'600 (mit) bzw. 3'200 ohne Kant.</t>
   </si>
   <si>
     <t>Berufsauslagen: 3% vom Nettolohn, mind. 2000, max. 4'000</t>
   </si>
   <si>
     <t>zusätzlicher Kinderabzug für Kinder ab dem 15. Altersjahr bzw. Eigenbetreuungsabzug 12'000</t>
   </si>
   <si>
     <t>pro minderjähriges Kind oder bis 25. Altersjahr sofern in Ausbildung: 12'500</t>
   </si>
   <si>
     <t>Eheleute: 23'600 / übrige Steuerpflichtige: 11'800</t>
   </si>
   <si>
     <t>30% der Nettomiete, max. 10'600</t>
   </si>
   <si>
     <t xml:space="preserve">Gehen beide Ehegatten einer Arbeit nach, können CHF 4'500 abgezogen werden
 </t>
   </si>
   <si>
-    <t>provisorische Berechnung  Betreuungsgutscheine (ohne Gewähr)</t>
-[...4 lines deleted...]
-  <si>
     <t>max. 7258</t>
   </si>
   <si>
     <t>Geben Sie hier bitte die von Ihnen (und von Ihrem Ehegatten) bezahlten Beiträge in die Säule 3a ein (maximum 7258 Franken pro erwerbstätige Person)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Steuerrechner 2026 Abteilung Soziales / Gesellschaft für </t>
+  </si>
+  <si>
+    <t>provisorische Berechnung Betreuungsgutscheine (ohne Gewähr)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$CHF]\ #,##0.00"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Univers 45 Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Univers 45 Light"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -419,190 +419,187 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="9" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Verheiratet" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -942,978 +939,978 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="84" zoomScaleNormal="100" zoomScalePageLayoutView="84" workbookViewId="0">
-      <selection activeCell="I8" sqref="I8"/>
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.125" style="4" customWidth="1"/>
     <col min="2" max="2" width="13" style="4" customWidth="1"/>
     <col min="3" max="3" width="11.5" style="4" customWidth="1"/>
     <col min="4" max="4" width="15.125" style="4" customWidth="1"/>
     <col min="5" max="5" width="15.25" style="4" customWidth="1"/>
     <col min="6" max="6" width="7" style="4" customWidth="1"/>
     <col min="7" max="7" width="7.875" style="4" customWidth="1"/>
     <col min="8" max="8" width="21.125" style="4" customWidth="1"/>
     <col min="9" max="9" width="17.5" style="4" customWidth="1"/>
     <col min="10" max="10" width="10.125" style="4" customWidth="1"/>
     <col min="11" max="11" width="10.5" style="4" customWidth="1"/>
     <col min="12" max="12" width="5.875" style="5" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="24.625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="16.75" style="4" customWidth="1"/>
     <col min="15" max="15" width="16.25" style="4" customWidth="1"/>
     <col min="16" max="16" width="56.625" style="4" customWidth="1"/>
     <col min="17" max="17" width="3.375" style="4" customWidth="1"/>
     <col min="18" max="18" width="8" style="4" customWidth="1"/>
     <col min="19" max="16384" width="11" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="3"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
     <row r="2" spans="1:15" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="3"/>
       <c r="E4" s="1"/>
-      <c r="F4" s="30"/>
-[...2 lines deleted...]
-      <c r="I4" s="30"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="29"/>
+      <c r="H4" s="29"/>
+      <c r="I4" s="29"/>
       <c r="J4" s="1"/>
     </row>
     <row r="5" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="25"/>
+      <c r="B6" s="24"/>
       <c r="C6" s="1"/>
       <c r="D6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E6" s="1"/>
-      <c r="F6" s="25"/>
+      <c r="F6" s="24"/>
       <c r="G6" s="1"/>
       <c r="H6" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="I6" s="26"/>
+      <c r="I6" s="25"/>
       <c r="J6" s="1"/>
     </row>
     <row r="7" spans="1:15" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="38" t="s">
+      <c r="A7" s="37" t="s">
         <v>58</v>
       </c>
-      <c r="B7" s="38"/>
+      <c r="B7" s="37"/>
       <c r="C7" s="1"/>
       <c r="D7" s="3"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="3"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A8" s="38"/>
-      <c r="B8" s="38"/>
+      <c r="A8" s="37"/>
+      <c r="B8" s="37"/>
       <c r="C8" s="1"/>
       <c r="D8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="6"/>
-      <c r="F8" s="25"/>
+      <c r="F8" s="24"/>
       <c r="G8" s="1"/>
       <c r="H8" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="I8" s="29">
-        <v>2025</v>
+      <c r="I8" s="28">
+        <v>2026</v>
       </c>
       <c r="J8" s="7"/>
     </row>
     <row r="9" spans="1:15" ht="18" x14ac:dyDescent="0.3">
-      <c r="A9" s="31"/>
-      <c r="B9" s="31"/>
+      <c r="A9" s="30"/>
+      <c r="B9" s="30"/>
       <c r="C9" s="1"/>
       <c r="D9" s="3"/>
       <c r="E9" s="6"/>
-      <c r="F9" s="32"/>
+      <c r="F9" s="31"/>
       <c r="G9" s="1"/>
       <c r="H9" s="3"/>
-      <c r="I9" s="33"/>
+      <c r="I9" s="32"/>
       <c r="J9" s="7"/>
     </row>
     <row r="10" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B10" s="34"/>
+      <c r="B10" s="33"/>
       <c r="C10" s="6"/>
-      <c r="D10" s="35"/>
+      <c r="D10" s="34"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="7"/>
       <c r="L10" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="31"/>
-      <c r="B11" s="31"/>
+      <c r="A11" s="30"/>
+      <c r="B11" s="30"/>
       <c r="C11" s="1"/>
       <c r="D11" s="3"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="7"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="L12" s="5">
         <v>100</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="O12" s="8">
         <f>D17</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
-      <c r="E13" s="37" t="s">
+      <c r="E13" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="F13" s="37"/>
-[...3 lines deleted...]
-      <c r="J13" s="37"/>
+      <c r="F13" s="36"/>
+      <c r="G13" s="36"/>
+      <c r="H13" s="36"/>
+      <c r="I13" s="36"/>
+      <c r="J13" s="36"/>
     </row>
     <row r="14" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
-      <c r="D14" s="26"/>
-[...5 lines deleted...]
-      <c r="J14" s="37"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="36"/>
+      <c r="I14" s="36"/>
+      <c r="J14" s="36"/>
       <c r="L14" s="5">
         <v>100</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>10</v>
       </c>
       <c r="O14" s="8">
         <f>D14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="10"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
-      <c r="E15" s="37"/>
-[...4 lines deleted...]
-      <c r="J15" s="37"/>
+      <c r="E15" s="36"/>
+      <c r="F15" s="36"/>
+      <c r="G15" s="36"/>
+      <c r="H15" s="36"/>
+      <c r="I15" s="36"/>
+      <c r="J15" s="36"/>
     </row>
     <row r="16" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="10"/>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
-      <c r="E16" s="37" t="s">
+      <c r="E16" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="F16" s="37"/>
-[...3 lines deleted...]
-      <c r="J16" s="37"/>
+      <c r="F16" s="36"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="36"/>
+      <c r="I16" s="36"/>
+      <c r="J16" s="36"/>
     </row>
     <row r="17" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
-      <c r="D17" s="26"/>
-[...5 lines deleted...]
-      <c r="J17" s="37"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="36"/>
+      <c r="F17" s="36"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="36"/>
+      <c r="I17" s="36"/>
+      <c r="J17" s="36"/>
       <c r="L17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O17" s="8">
         <f>D20</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
-      <c r="E18" s="37"/>
-[...4 lines deleted...]
-      <c r="J18" s="37"/>
+      <c r="E18" s="36"/>
+      <c r="F18" s="36"/>
+      <c r="G18" s="36"/>
+      <c r="H18" s="36"/>
+      <c r="I18" s="36"/>
+      <c r="J18" s="36"/>
     </row>
     <row r="19" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
-      <c r="E19" s="37" t="s">
+      <c r="E19" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="F19" s="37"/>
-[...3 lines deleted...]
-      <c r="J19" s="37"/>
+      <c r="F19" s="36"/>
+      <c r="G19" s="36"/>
+      <c r="H19" s="36"/>
+      <c r="I19" s="36"/>
+      <c r="J19" s="36"/>
     </row>
     <row r="20" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
-      <c r="D20" s="26"/>
-[...5 lines deleted...]
-      <c r="J20" s="37"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="36"/>
+      <c r="F20" s="36"/>
+      <c r="G20" s="36"/>
+      <c r="H20" s="36"/>
+      <c r="I20" s="36"/>
+      <c r="J20" s="36"/>
       <c r="L20" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="M20" s="39" t="s">
+      <c r="M20" s="38" t="s">
         <v>18</v>
       </c>
-      <c r="N20" s="39"/>
+      <c r="N20" s="38"/>
     </row>
     <row r="21" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
-      <c r="E21" s="37"/>
-[...7 lines deleted...]
-      <c r="O21" s="40">
+      <c r="E21" s="36"/>
+      <c r="F21" s="36"/>
+      <c r="G21" s="36"/>
+      <c r="H21" s="36"/>
+      <c r="I21" s="36"/>
+      <c r="J21" s="36"/>
+      <c r="M21" s="38"/>
+      <c r="N21" s="38"/>
+      <c r="O21" s="39">
         <f>D23</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="10"/>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
-      <c r="E22" s="37" t="s">
+      <c r="E22" s="36" t="s">
         <v>20</v>
       </c>
-      <c r="F22" s="37"/>
-[...6 lines deleted...]
-      <c r="O22" s="40"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="36"/>
+      <c r="H22" s="36"/>
+      <c r="I22" s="36"/>
+      <c r="J22" s="36"/>
+      <c r="M22" s="38"/>
+      <c r="N22" s="38"/>
+      <c r="O22" s="39"/>
     </row>
     <row r="23" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
-      <c r="D23" s="26"/>
-[...7 lines deleted...]
-      <c r="N23" s="39"/>
+      <c r="D23" s="25"/>
+      <c r="E23" s="36"/>
+      <c r="F23" s="36"/>
+      <c r="G23" s="36"/>
+      <c r="H23" s="36"/>
+      <c r="I23" s="36"/>
+      <c r="J23" s="36"/>
+      <c r="M23" s="38"/>
+      <c r="N23" s="38"/>
     </row>
     <row r="24" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1"/>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
-      <c r="E24" s="37"/>
-[...4 lines deleted...]
-      <c r="J24" s="37"/>
+      <c r="E24" s="36"/>
+      <c r="F24" s="36"/>
+      <c r="G24" s="36"/>
+      <c r="H24" s="36"/>
+      <c r="I24" s="36"/>
+      <c r="J24" s="36"/>
     </row>
     <row r="25" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1"/>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
       <c r="J25" s="12"/>
       <c r="L25" s="13">
         <v>190</v>
       </c>
       <c r="M25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="N25" s="14"/>
       <c r="O25" s="15">
         <f>+O12+O14+O17+O21</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A26" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="16"/>
       <c r="F26" s="17"/>
       <c r="G26" s="17"/>
       <c r="H26" s="17"/>
       <c r="I26" s="17"/>
       <c r="J26" s="17"/>
     </row>
     <row r="27" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="10"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
-      <c r="E27" s="37" t="s">
-[...6 lines deleted...]
-      <c r="J27" s="37"/>
+      <c r="E27" s="36" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" s="36"/>
+      <c r="G27" s="36"/>
+      <c r="H27" s="36"/>
+      <c r="I27" s="36"/>
+      <c r="J27" s="36"/>
     </row>
     <row r="28" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
-      <c r="D28" s="26"/>
-[...5 lines deleted...]
-      <c r="J28" s="37"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="36"/>
+      <c r="F28" s="36"/>
+      <c r="G28" s="36"/>
+      <c r="H28" s="36"/>
+      <c r="I28" s="36"/>
+      <c r="J28" s="36"/>
       <c r="L28" s="5">
         <v>220</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>22</v>
       </c>
       <c r="O28" s="8">
         <f>IF(D17&gt;1,M30,M29)</f>
         <v>0</v>
       </c>
       <c r="P28" s="18" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="10"/>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
-      <c r="E29" s="37"/>
-[...5 lines deleted...]
-      <c r="L29" s="27" t="s">
+      <c r="E29" s="36"/>
+      <c r="F29" s="36"/>
+      <c r="G29" s="36"/>
+      <c r="H29" s="36"/>
+      <c r="I29" s="36"/>
+      <c r="J29" s="36"/>
+      <c r="L29" s="26" t="s">
         <v>55</v>
       </c>
-      <c r="M29" s="28">
+      <c r="M29" s="27">
         <f>IF(AND(D17&lt;1,D28&gt;6739),6739,D28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="10"/>
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
-      <c r="E30" s="37" t="s">
+      <c r="E30" s="36" t="s">
         <v>51</v>
       </c>
-      <c r="F30" s="37"/>
-[...4 lines deleted...]
-      <c r="L30" s="27" t="s">
+      <c r="F30" s="36"/>
+      <c r="G30" s="36"/>
+      <c r="H30" s="36"/>
+      <c r="I30" s="36"/>
+      <c r="J30" s="36"/>
+      <c r="L30" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="M30" s="28">
+      <c r="M30" s="27">
         <f>IF(AND(D17&gt;1,D28&gt;13478),13478,D28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="9" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
-      <c r="D31" s="26"/>
-[...5 lines deleted...]
-      <c r="J31" s="37"/>
+      <c r="D31" s="25"/>
+      <c r="E31" s="36"/>
+      <c r="F31" s="36"/>
+      <c r="G31" s="36"/>
+      <c r="H31" s="36"/>
+      <c r="I31" s="36"/>
+      <c r="J31" s="36"/>
       <c r="L31" s="5">
         <v>205</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>23</v>
       </c>
       <c r="O31" s="8">
         <f>D34</f>
         <v>0</v>
       </c>
       <c r="P31" s="18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10"/>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
-      <c r="E32" s="37"/>
-[...4 lines deleted...]
-      <c r="J32" s="37"/>
+      <c r="E32" s="36"/>
+      <c r="F32" s="36"/>
+      <c r="G32" s="36"/>
+      <c r="H32" s="36"/>
+      <c r="I32" s="36"/>
+      <c r="J32" s="36"/>
     </row>
     <row r="33" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="10"/>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
-      <c r="E33" s="37" t="s">
+      <c r="E33" s="36" t="s">
         <v>6</v>
       </c>
-      <c r="F33" s="37"/>
-[...3 lines deleted...]
-      <c r="J33" s="37"/>
+      <c r="F33" s="36"/>
+      <c r="G33" s="36"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="36"/>
+      <c r="J33" s="36"/>
     </row>
     <row r="34" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="9" t="s">
         <v>44</v>
       </c>
       <c r="B34" s="1"/>
       <c r="C34" s="1"/>
-      <c r="D34" s="26"/>
-[...5 lines deleted...]
-      <c r="J34" s="37"/>
+      <c r="D34" s="25"/>
+      <c r="E34" s="36"/>
+      <c r="F34" s="36"/>
+      <c r="G34" s="36"/>
+      <c r="H34" s="36"/>
+      <c r="I34" s="36"/>
+      <c r="J34" s="36"/>
       <c r="L34" s="5">
         <v>230</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O34" s="8">
         <f>D31</f>
         <v>0</v>
       </c>
       <c r="P34" s="18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="10"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
-      <c r="E35" s="37"/>
-[...4 lines deleted...]
-      <c r="J35" s="37"/>
+      <c r="E35" s="36"/>
+      <c r="F35" s="36"/>
+      <c r="G35" s="36"/>
+      <c r="H35" s="36"/>
+      <c r="I35" s="36"/>
+      <c r="J35" s="36"/>
     </row>
     <row r="36" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="10"/>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
-      <c r="E36" s="37" t="s">
+      <c r="E36" s="36" t="s">
         <v>48</v>
       </c>
-      <c r="F36" s="37"/>
-[...3 lines deleted...]
-      <c r="J36" s="37"/>
+      <c r="F36" s="36"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+      <c r="J36" s="36"/>
     </row>
     <row r="37" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
-      <c r="D37" s="26"/>
-[...5 lines deleted...]
-      <c r="J37" s="37"/>
+      <c r="D37" s="25"/>
+      <c r="E37" s="36"/>
+      <c r="F37" s="36"/>
+      <c r="G37" s="36"/>
+      <c r="H37" s="36"/>
+      <c r="I37" s="36"/>
+      <c r="J37" s="36"/>
       <c r="L37" s="11" t="s">
         <v>49</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O37" s="8">
         <f>D37</f>
         <v>0</v>
       </c>
       <c r="P37" s="18"/>
     </row>
     <row r="38" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="10"/>
       <c r="B38" s="1"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
-      <c r="E38" s="37"/>
-[...4 lines deleted...]
-      <c r="J38" s="37"/>
+      <c r="E38" s="36"/>
+      <c r="F38" s="36"/>
+      <c r="G38" s="36"/>
+      <c r="H38" s="36"/>
+      <c r="I38" s="36"/>
+      <c r="J38" s="36"/>
     </row>
     <row r="39" spans="1:16" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="10"/>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
-      <c r="E39" s="37" t="s">
+      <c r="E39" s="36" t="s">
         <v>38</v>
       </c>
-      <c r="F39" s="37"/>
-[...3 lines deleted...]
-      <c r="J39" s="37"/>
+      <c r="F39" s="36"/>
+      <c r="G39" s="36"/>
+      <c r="H39" s="36"/>
+      <c r="I39" s="36"/>
+      <c r="J39" s="36"/>
       <c r="L39" s="4"/>
     </row>
     <row r="40" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="9" t="s">
         <v>37</v>
       </c>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
-      <c r="D40" s="26"/>
-[...5 lines deleted...]
-      <c r="J40" s="37"/>
+      <c r="D40" s="25"/>
+      <c r="E40" s="36"/>
+      <c r="F40" s="36"/>
+      <c r="G40" s="36"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="36"/>
+      <c r="J40" s="36"/>
       <c r="L40" s="11">
         <v>260</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="O40" s="19">
+      <c r="O40" s="8">
         <f>IF(D17&gt;1,4500,0)</f>
         <v>0</v>
       </c>
       <c r="P40" s="18" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:16" ht="6.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1"/>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
-      <c r="E41" s="37"/>
-[...5 lines deleted...]
-      <c r="P41" s="20"/>
+      <c r="E41" s="36"/>
+      <c r="F41" s="36"/>
+      <c r="G41" s="36"/>
+      <c r="H41" s="36"/>
+      <c r="I41" s="36"/>
+      <c r="J41" s="36"/>
+      <c r="P41" s="19"/>
     </row>
     <row r="42" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
-      <c r="E42" s="21"/>
-[...4 lines deleted...]
-      <c r="J42" s="21"/>
+      <c r="E42" s="20"/>
+      <c r="F42" s="20"/>
+      <c r="G42" s="20"/>
+      <c r="H42" s="20"/>
+      <c r="I42" s="20"/>
+      <c r="J42" s="20"/>
       <c r="L42" s="5">
         <v>201</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="O42" s="19">
+      <c r="O42" s="8">
         <f>IF((D14+D17)&gt;120000,4000,(D14+D17)*3%)</f>
         <v>0</v>
       </c>
-      <c r="P42" s="20" t="s">
+      <c r="P42" s="19" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
-      <c r="E43" s="37"/>
-[...4 lines deleted...]
-      <c r="J43" s="37"/>
+      <c r="E43" s="36"/>
+      <c r="F43" s="36"/>
+      <c r="G43" s="36"/>
+      <c r="H43" s="36"/>
+      <c r="I43" s="36"/>
+      <c r="J43" s="36"/>
     </row>
     <row r="44" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="9" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="1"/>
       <c r="C44" s="1"/>
-      <c r="D44" s="36">
+      <c r="D44" s="35">
         <f>ROUND(O58,-2)</f>
         <v>-11800</v>
       </c>
-      <c r="E44" s="37"/>
-[...4 lines deleted...]
-      <c r="J44" s="37"/>
+      <c r="E44" s="36"/>
+      <c r="F44" s="36"/>
+      <c r="G44" s="36"/>
+      <c r="H44" s="36"/>
+      <c r="I44" s="36"/>
+      <c r="J44" s="36"/>
       <c r="L44" s="11" t="s">
         <v>39</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="O44" s="19">
+      <c r="O44" s="8">
         <f>D40</f>
         <v>0</v>
       </c>
-      <c r="P44" s="20" t="s">
+      <c r="P44" s="19" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
-      <c r="E45" s="37"/>
-[...4 lines deleted...]
-      <c r="J45" s="37"/>
+      <c r="E45" s="36"/>
+      <c r="F45" s="36"/>
+      <c r="G45" s="36"/>
+      <c r="H45" s="36"/>
+      <c r="I45" s="36"/>
+      <c r="J45" s="36"/>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A46" s="22"/>
-[...8 lines deleted...]
-      <c r="J46" s="23"/>
+      <c r="A46" s="21"/>
+      <c r="B46" s="21"/>
+      <c r="C46" s="21"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="22"/>
+      <c r="F46" s="22"/>
+      <c r="G46" s="22"/>
+      <c r="H46" s="22"/>
+      <c r="I46" s="22"/>
+      <c r="J46" s="22"/>
       <c r="L46" s="13">
         <v>280</v>
       </c>
       <c r="M46" s="14" t="s">
         <v>25</v>
       </c>
       <c r="N46" s="14"/>
       <c r="O46" s="15">
         <f>+O42+O40+O34+O28+O37+O44+O31</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A47" s="22"/>
-[...8 lines deleted...]
-      <c r="J47" s="23"/>
+      <c r="A47" s="21"/>
+      <c r="B47" s="21"/>
+      <c r="C47" s="21"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="22"/>
+      <c r="F47" s="22"/>
+      <c r="G47" s="22"/>
+      <c r="H47" s="22"/>
+      <c r="I47" s="22"/>
+      <c r="J47" s="22"/>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="E48" s="24"/>
-[...4 lines deleted...]
-      <c r="J48" s="24"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="23"/>
+      <c r="G48" s="23"/>
+      <c r="H48" s="23"/>
+      <c r="I48" s="23"/>
+      <c r="J48" s="23"/>
       <c r="L48" s="13">
         <v>299</v>
       </c>
       <c r="M48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="N48" s="14"/>
       <c r="O48" s="15">
         <f>+O25-O46</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="5:16" x14ac:dyDescent="0.3">
-      <c r="E49" s="24"/>
-[...4 lines deleted...]
-      <c r="J49" s="24"/>
+      <c r="E49" s="23"/>
+      <c r="F49" s="23"/>
+      <c r="G49" s="23"/>
+      <c r="H49" s="23"/>
+      <c r="I49" s="23"/>
+      <c r="J49" s="23"/>
     </row>
     <row r="50" spans="5:16" x14ac:dyDescent="0.3">
       <c r="L50" s="11" t="s">
         <v>40</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>27</v>
       </c>
       <c r="O50" s="8">
         <f>IF(B6="verheiratet",23600,11800)</f>
         <v>11800</v>
       </c>
       <c r="P50" s="18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="51" spans="5:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="52" spans="5:16" ht="28.5" x14ac:dyDescent="0.3">
+    <row r="52" spans="5:16" ht="30" x14ac:dyDescent="0.3">
       <c r="L52" s="5">
         <v>403</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="O52" s="8">
         <f>(F8+F6)*12500</f>
         <v>0</v>
       </c>
       <c r="P52" s="18" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="54" spans="5:16" ht="28.5" x14ac:dyDescent="0.3">
+    <row r="54" spans="5:16" ht="30" x14ac:dyDescent="0.3">
       <c r="L54" s="11" t="s">
         <v>43</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O54" s="8">
         <f>(F6+F8)*12000</f>
         <v>0</v>
       </c>
       <c r="P54" s="18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="55" spans="5:16" x14ac:dyDescent="0.3">
-      <c r="P55" s="20"/>
+      <c r="P55" s="19"/>
     </row>
     <row r="56" spans="5:16" x14ac:dyDescent="0.3">
       <c r="L56" s="5">
         <v>407</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O56" s="8">
         <f>IF(I6&gt;3292,10600,(I6*12)*30%)</f>
         <v>0</v>
       </c>
-      <c r="P56" s="20" t="s">
+      <c r="P56" s="19" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="58" spans="5:16" x14ac:dyDescent="0.3">
       <c r="L58" s="13">
         <v>490</v>
       </c>
       <c r="M58" s="14" t="s">
         <v>33</v>
       </c>
       <c r="N58" s="14"/>
       <c r="O58" s="15">
         <f>+O48-O50-O52-O54-O56</f>
         <v>-11800</v>
       </c>
     </row>
     <row r="59" spans="5:16" x14ac:dyDescent="0.3">
       <c r="L59" s="4"/>
     </row>
     <row r="60" spans="5:16" x14ac:dyDescent="0.3">
       <c r="L60" s="4"/>
     </row>
     <row r="61" spans="5:16" x14ac:dyDescent="0.3">
       <c r="L61" s="4"/>
     </row>
@@ -1968,82 +1965,82 @@
     <row r="78" spans="12:12" x14ac:dyDescent="0.3">
       <c r="L78" s="4"/>
     </row>
     <row r="79" spans="12:12" x14ac:dyDescent="0.3">
       <c r="L79" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="E43:J45"/>
     <mergeCell ref="A7:B8"/>
     <mergeCell ref="M20:N23"/>
     <mergeCell ref="O21:O22"/>
     <mergeCell ref="E13:J15"/>
     <mergeCell ref="E16:J18"/>
     <mergeCell ref="E19:J21"/>
     <mergeCell ref="E22:J24"/>
     <mergeCell ref="E36:J38"/>
     <mergeCell ref="E27:J29"/>
     <mergeCell ref="E33:J35"/>
     <mergeCell ref="E39:J41"/>
     <mergeCell ref="E30:J32"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="93" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CErstellungsdatum &amp;D&amp;RSeite &amp;P</oddFooter>
+    <oddFooter>&amp;RSeite &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Steuerperiode 2025</vt:lpstr>
-      <vt:lpstr>'Steuerperiode 2025'!Druckbereich</vt:lpstr>
+      <vt:lpstr>Steuerperiode 2026</vt:lpstr>
+      <vt:lpstr>'Steuerperiode 2026'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Einwohnergemeinde Baar</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gemeinde Baar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Jet Reports Function Literals">
     <vt:lpwstr>\	;	;	{	}	[@[{0}]]	1031</vt:lpwstr>
   </property>